--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="693DB371" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00974384" w:rsidRDefault="00637B34" w:rsidP="00767D2B">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:lang w:val="pt-PT" w:eastAsia="pt-PT"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4503E257" wp14:editId="410EF414">
             <wp:extent cx="3286796" cy="1333500"/>
             <wp:effectExtent l="19050" t="0" r="8854" b="0"/>
             <wp:docPr id="1" name="Picture 0" descr="UCP_FD_lisboa_horizontal - Copy.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -121,112 +121,112 @@
     </w:p>
     <w:p w14:paraId="24BF62FE" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00637B34" w:rsidRDefault="00767D2B" w:rsidP="00767D2B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:smallCaps/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637B34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:smallCaps/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>(3º ciclo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D456FF5" w14:textId="1768C7BD" w:rsidR="00767D2B" w:rsidRPr="007326F6" w:rsidRDefault="00767D2B" w:rsidP="007326F6">
+    <w:p w14:paraId="5D456FF5" w14:textId="24875789" w:rsidR="00767D2B" w:rsidRPr="007326F6" w:rsidRDefault="00767D2B" w:rsidP="007326F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637B34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:smallCaps/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Boletim de Candidatura – </w:t>
       </w:r>
       <w:r w:rsidR="00E20923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:smallCaps/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="001A3A49">
+      <w:r w:rsidR="00852FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:smallCaps/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E20923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:smallCaps/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="001A3A49">
+      <w:r w:rsidR="00852FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:smallCaps/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE4E0FF" w14:textId="77777777" w:rsidR="00C02FC2" w:rsidRPr="0020154D" w:rsidRDefault="00767D2B" w:rsidP="00767D2B">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="408" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637B34">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
@@ -283,483 +283,450 @@
     </w:p>
     <w:p w14:paraId="115A871E" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00767D2B" w:rsidP="00F60034">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F60034">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Os candidatos devem preencher o presente boletim de candidatura, que deverá ser enviado devidamente preenchido e acompanhado da seguinte documentação:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FE4205" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00767D2B" w:rsidP="00F60034">
+    <w:p w14:paraId="58FE4205" w14:textId="355FB2E0" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00852FB4" w:rsidP="00F60034">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="80" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F60034">
+      <w:bookmarkStart w:id="0" w:name="_Hlk216445607"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Certificado</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="2D379588" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00767D2B" w:rsidP="00F60034">
+        <w:t>Documento de Identificação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D379588" w14:textId="7DC15F46" w:rsidR="00767D2B" w:rsidRDefault="00852FB4" w:rsidP="00F60034">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-1" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F60034">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Curriculum Vitae</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="48704278" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00767D2B" w:rsidP="00F60034">
+        <w:t>NIF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324FA6A5" w14:textId="31DFC489" w:rsidR="00C206BA" w:rsidRDefault="00C206BA" w:rsidP="00F60034">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-1" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="pt-PT"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F60034">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="pt-PT"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="15B2DB0D" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00767D2B" w:rsidP="00F60034">
+        </w:rPr>
+        <w:t>1 foto tipo passe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A69D39C" w14:textId="2E63944E" w:rsidR="00ED0695" w:rsidRPr="00F60034" w:rsidRDefault="00ED0695" w:rsidP="00F60034">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-1" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="pt-PT"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F60034">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="pt-PT"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="098A32F4" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00C02FC2" w:rsidP="00F60034">
+        </w:rPr>
+        <w:t>Curriculum Vitae</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C6A161" w14:textId="77777777" w:rsidR="00852FB4" w:rsidRDefault="00852FB4" w:rsidP="00F60034">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-1" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00852FB4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Textos</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00767D2B" w:rsidRPr="00F60034">
+        <w:t>Carta de motivação, referindo os objetivos de investigação e a área científica pretendida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852FB4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> científicos produzidos, incluindo o trabalho final </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D17B15" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00BD4211" w:rsidRDefault="00767D2B" w:rsidP="00F60034">
+    <w:p w14:paraId="47B329E2" w14:textId="6B8362C5" w:rsidR="00852FB4" w:rsidRDefault="00852FB4" w:rsidP="00F60034">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-1" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F60034">
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00852FB4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Fotocópia do BI, cartão do cidadão ou passaporte</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E4054C">
+        <w:t>Certidões de habilitações dos graus universitários anteriores com referência à média</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B2DB0D" w14:textId="584F5041" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00767D2B" w:rsidP="00F60034">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="-1" w:hanging="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E4054C" w:rsidRPr="00BD4211">
+      </w:pPr>
+      <w:r w:rsidRPr="00F60034">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Duas cartas de recomendação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D17B15" w14:textId="240C727A" w:rsidR="00767D2B" w:rsidRPr="00BD4211" w:rsidRDefault="00852FB4" w:rsidP="00F60034">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="-1" w:hanging="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>(caso a candidatura não seja entregue presencialmente)</w:t>
-[...1 lines deleted...]
-    </w:p>
+      </w:pPr>
+      <w:r w:rsidRPr="00852FB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Trabalhos científicos produzidos, designadamente trabalho final de mestrado ou obra equivalente, a ser entregues no secretariado de curso, edifício N.º 3, no gabinete 3502, Bloco 3, 5º Piso, ou enviados por email para: doutoramentosdireito.sede@ucp.pt</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="46980544" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00F60034" w:rsidRDefault="00767D2B" w:rsidP="00F60034">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="738B43E3" w14:textId="62D6281A" w:rsidR="007A3A7F" w:rsidRDefault="007A3A7F" w:rsidP="00F60034">
+    <w:p w14:paraId="738B43E3" w14:textId="4090B9E1" w:rsidR="007A3A7F" w:rsidRDefault="007A3A7F" w:rsidP="00F60034">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">A documentação deverá ser entregue </w:t>
       </w:r>
       <w:r w:rsidRPr="007A3A7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>online</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> no link: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00052202" w:rsidRPr="00E20FBC">
+        <w:r w:rsidR="00E93B13" w:rsidRPr="008C09B1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-PT"/>
+          </w:rPr>
+          <w:t>https://sca.lisboa.ucp.pt/CandidaturasOnline/?checkCookies=1</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2AEF563A" w14:textId="77777777" w:rsidR="00E93B13" w:rsidRPr="00E93B13" w:rsidRDefault="00E93B13" w:rsidP="00F60034">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="415B03E6" w14:textId="3A55C4B4" w:rsidR="007326F6" w:rsidRDefault="007A3A7F" w:rsidP="007A3A7F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Excetua-se este Boletim de Candidatura e os trabalhos científicos previstos na alínea e) que deverão ser entregues </w:t>
+      </w:r>
+      <w:r w:rsidR="00E93B13" w:rsidRPr="00E93B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no secretariado de curso, edifício N.º 3, no gabinete 3502, Bloco 3, 5º Piso, ou enviados por email para: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00E93B13" w:rsidRPr="008C09B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="pt-PT"/>
           </w:rPr>
-          <w:t>https://sca.lisboa.ucp.pt/CandidaturasOnline/?checkCookies=1</w:t>
+          <w:t>doutoramentosdireito.sede@ucp.pt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="415B03E6" w14:textId="3DC92CEC" w:rsidR="007326F6" w:rsidRPr="007A3A7F" w:rsidRDefault="007A3A7F" w:rsidP="007A3A7F">
+    <w:p w14:paraId="27A39C1D" w14:textId="77777777" w:rsidR="00E93B13" w:rsidRPr="007A3A7F" w:rsidRDefault="00E93B13" w:rsidP="007A3A7F">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5BB15390" w14:textId="77777777" w:rsidR="007326F6" w:rsidRDefault="007326F6" w:rsidP="007326F6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B07E0E7" w14:textId="77777777" w:rsidR="007A3A7F" w:rsidRPr="007A3A7F" w:rsidRDefault="007A3A7F" w:rsidP="007A3A7F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CDFA051" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="007326F6" w:rsidRDefault="00767D2B" w:rsidP="007326F6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
@@ -2271,66 +2238,52 @@
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B51B05">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grau </w:t>
+              <w:t>Grau Académico</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C4DA832" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00B51B05" w:rsidRDefault="00767D2B" w:rsidP="00476CA4">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="16"/>
@@ -2439,75 +2392,61 @@
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78B76155" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00B51B05" w:rsidRDefault="00767D2B" w:rsidP="00476CA4">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B51B05">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Média</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Final</w:t>
+              <w:t>Média Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="1F497D" w:themeColor="text2"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E1DE135" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00B51B05" w:rsidRDefault="00767D2B" w:rsidP="00476CA4">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
@@ -2948,69 +2887,51 @@
         </w:rPr>
         <w:t>res,</w:t>
       </w:r>
       <w:r w:rsidRPr="004A7E1C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> caso tenha </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>realizado</w:t>
       </w:r>
       <w:r w:rsidRPr="004A7E1C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o curso numa Universidade não </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> o curso numa Universidade não Europeia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="524081E7" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00D63CE2" w:rsidRDefault="00767D2B" w:rsidP="00767D2B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FC46C83" w14:textId="77777777" w:rsidR="00767D2B" w:rsidRPr="00637B34" w:rsidRDefault="00767D2B" w:rsidP="00767D2B">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637B34">
         <w:rPr>
@@ -3126,108 +3047,51 @@
     </w:p>
     <w:p w14:paraId="4AF1808F" w14:textId="501ABA44" w:rsidR="009A3BAD" w:rsidRPr="001A3A49" w:rsidRDefault="00DE21BD" w:rsidP="001A3A49">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF4B2D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Candidatura a Bolsa de Doutoramento</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE21BD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Católica Research Centre for </w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Católica Research Centre for the Future of Law </w:t>
       </w:r>
       <w:r w:rsidR="00BA0D7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>para investigadores em dedicação exclusiva</w:t>
       </w:r>
       <w:r w:rsidR="00B529D1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> – assinale aqui, caso seja candidato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B529D1">
         <w:rPr>
@@ -4055,84 +3919,84 @@
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="pt-PT"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>___</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31A29391" w14:textId="77777777" w:rsidR="007326F6" w:rsidRPr="00AF4B2D" w:rsidRDefault="007326F6" w:rsidP="00672D5D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007326F6" w:rsidRPr="00AF4B2D" w:rsidSect="00F60034">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6CCE3008" w14:textId="77777777" w:rsidR="00BB6565" w:rsidRDefault="00BB6565" w:rsidP="00F60034">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F3C7C3A" w14:textId="77777777" w:rsidR="00BB6565" w:rsidRDefault="00BB6565" w:rsidP="00F60034">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -4191,51 +4055,51 @@
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Euclid Extra">
     <w:altName w:val="Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04517154" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00637B34" w:rsidRDefault="00F60034" w:rsidP="00F60034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00637B34">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
       <w:t>_______________________________________________________________________________________________</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4375551E" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00C02FC2" w:rsidRDefault="00F60034" w:rsidP="00F60034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
@@ -4302,51 +4166,51 @@
         <w:lang w:val="pt-PT"/>
       </w:rPr>
       <w:t>doutoramentosdireito.sede@ucp.pt</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="06D1090A" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00637B34" w:rsidRDefault="00F60034" w:rsidP="00F60034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1C54897F" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00637B34" w:rsidRDefault="00F60034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09877D7F" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00637B34" w:rsidRDefault="00F60034" w:rsidP="00F60034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00637B34">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
       <w:t>_______________________________________________________________________________________________</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2DE62344" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00C02FC2" w:rsidRDefault="00F60034" w:rsidP="00F60034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
@@ -4391,81 +4255,81 @@
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="00C02FC2">
       <w:rPr>
         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidR="00146108" w:rsidRPr="00146108">
       <w:rPr>
         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
       <w:t>doutoramentosdireito.sede@ucp.pt</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="297DE00B" w14:textId="77777777" w:rsidR="00BB6565" w:rsidRDefault="00BB6565" w:rsidP="00F60034">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="37E78D45" w14:textId="77777777" w:rsidR="00BB6565" w:rsidRDefault="00BB6565" w:rsidP="00F60034">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9781" w:type="dxa"/>
       <w:tblInd w:w="-459" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4389"/>
       <w:gridCol w:w="5392"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00F60034" w:rsidRPr="00052202" w14:paraId="62550BD5" w14:textId="77777777" w:rsidTr="00F60034">
+    <w:tr w:rsidR="00F60034" w:rsidRPr="00852FB4" w14:paraId="62550BD5" w14:textId="77777777" w:rsidTr="00F60034">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4389" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5D92DBF8" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00F3045A" w:rsidRDefault="00637B34" w:rsidP="00476CA4">
           <w:pPr>
             <w:widowControl/>
             <w:ind w:right="-1"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="800000"/>
               <w:sz w:val="28"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:noProof/>
               <w:color w:val="800000"/>
               <w:sz w:val="28"/>
               <w:lang w:val="pt-PT" w:eastAsia="pt-PT"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="751ADBED" wp14:editId="2273F901">
@@ -4513,240 +4377,240 @@
           <w:pPr>
             <w:widowControl/>
             <w:ind w:right="-1"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00637B34">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
             <w:t>Doutoramento em Direito</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3417F1FC" w14:textId="14887883" w:rsidR="00F60034" w:rsidRPr="00637B34" w:rsidRDefault="00F60034" w:rsidP="00476CA4">
+        <w:p w14:paraId="3417F1FC" w14:textId="186B9291" w:rsidR="00F60034" w:rsidRPr="00637B34" w:rsidRDefault="00F60034" w:rsidP="00476CA4">
           <w:pPr>
             <w:pStyle w:val="Heading6"/>
             <w:ind w:right="-1"/>
             <w:rPr>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00637B34">
             <w:rPr>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
             <w:t xml:space="preserve">Boletim de Candidatura – </w:t>
           </w:r>
           <w:r w:rsidR="00366248">
             <w:rPr>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
             <w:t>20</w:t>
           </w:r>
           <w:r w:rsidR="00654B29">
             <w:rPr>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="00052202">
+          <w:r w:rsidR="00852FB4">
             <w:rPr>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
-            <w:t>4</w:t>
+            <w:t>5</w:t>
           </w:r>
           <w:r w:rsidR="006E1F98">
             <w:rPr>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
             <w:t>/202</w:t>
           </w:r>
-          <w:r w:rsidR="00052202">
+          <w:r w:rsidR="00852FB4">
             <w:rPr>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="15AB291D" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00637B34" w:rsidRDefault="00F60034" w:rsidP="00476CA4">
           <w:pPr>
             <w:widowControl/>
             <w:ind w:right="-1"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:lang w:val="pt-PT"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="73B3E376" w14:textId="77777777" w:rsidR="00F60034" w:rsidRPr="00F60034" w:rsidRDefault="00F60034" w:rsidP="00F60034">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="pt-PT"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24CB451E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F6A5924"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="4755"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="4755" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="5475"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="5475" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="6195" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6915" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="7635"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="7635" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="8355"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="8355" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="9075"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="9075" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="9795"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="9795" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="10515"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="10515" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A15415F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16588990"/>
     <w:lvl w:ilvl="0" w:tplc="545A91C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4829,53 +4693,52 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1361011108">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1629504594">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -4896,118 +4759,123 @@
     <w:rsid w:val="0035607E"/>
     <w:rsid w:val="00366248"/>
     <w:rsid w:val="00396613"/>
     <w:rsid w:val="003A1BA0"/>
     <w:rsid w:val="003A22FF"/>
     <w:rsid w:val="003D5606"/>
     <w:rsid w:val="00431E65"/>
     <w:rsid w:val="00447B0F"/>
     <w:rsid w:val="0045087A"/>
     <w:rsid w:val="004C7C3F"/>
     <w:rsid w:val="004C7E3E"/>
     <w:rsid w:val="004E34F3"/>
     <w:rsid w:val="00582523"/>
     <w:rsid w:val="00637B34"/>
     <w:rsid w:val="00654B29"/>
     <w:rsid w:val="00672D5D"/>
     <w:rsid w:val="00673C4C"/>
     <w:rsid w:val="006E1F98"/>
     <w:rsid w:val="006F556B"/>
     <w:rsid w:val="007326F6"/>
     <w:rsid w:val="00767D2B"/>
     <w:rsid w:val="007A3A7F"/>
     <w:rsid w:val="007B1A0A"/>
     <w:rsid w:val="00820CF0"/>
     <w:rsid w:val="0083343A"/>
+    <w:rsid w:val="00852FB4"/>
     <w:rsid w:val="009337A9"/>
     <w:rsid w:val="009A3BAD"/>
     <w:rsid w:val="009C7CAA"/>
+    <w:rsid w:val="009C7E7F"/>
     <w:rsid w:val="009E3336"/>
     <w:rsid w:val="00A062EF"/>
     <w:rsid w:val="00AC523A"/>
     <w:rsid w:val="00AF4B2D"/>
     <w:rsid w:val="00AF70DB"/>
     <w:rsid w:val="00B11A6E"/>
     <w:rsid w:val="00B15E69"/>
     <w:rsid w:val="00B24984"/>
     <w:rsid w:val="00B51B05"/>
     <w:rsid w:val="00B529D1"/>
     <w:rsid w:val="00BA0D7F"/>
     <w:rsid w:val="00BB6565"/>
     <w:rsid w:val="00BC0EF1"/>
     <w:rsid w:val="00BD4211"/>
     <w:rsid w:val="00C02FC2"/>
+    <w:rsid w:val="00C206BA"/>
     <w:rsid w:val="00C3689D"/>
     <w:rsid w:val="00C63CD2"/>
     <w:rsid w:val="00CF0203"/>
     <w:rsid w:val="00D325F1"/>
     <w:rsid w:val="00D33F44"/>
     <w:rsid w:val="00D42D58"/>
     <w:rsid w:val="00D56DAD"/>
     <w:rsid w:val="00DE21BD"/>
     <w:rsid w:val="00DE39F3"/>
     <w:rsid w:val="00E20923"/>
     <w:rsid w:val="00E23882"/>
     <w:rsid w:val="00E4054C"/>
     <w:rsid w:val="00E504E1"/>
     <w:rsid w:val="00E65A16"/>
     <w:rsid w:val="00E708FB"/>
     <w:rsid w:val="00E91446"/>
+    <w:rsid w:val="00E93B13"/>
+    <w:rsid w:val="00ED0695"/>
     <w:rsid w:val="00F60034"/>
     <w:rsid w:val="00F63C11"/>
     <w:rsid w:val="00F75ACA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4A1F5DB5"/>
   <w15:docId w15:val="{7BFD052C-71FA-4D11-B504-1E249C144CC3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5726,85 +5594,85 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007326F6"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00052202"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="289552136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="507334054">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sca.lisboa.ucp.pt/CandidaturasOnline/?checkCookies=1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sca.lisboa.ucp.pt/CandidaturasOnline/?checkCookies=1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doutoramentosdireito.sede@ucp.pt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6055,67 +5923,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>494</Words>
-  <Characters>2670</Characters>
+  <Words>520</Words>
+  <Characters>2814</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Doutoramento</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universidade Católica Portuguesa</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3158</CharactersWithSpaces>
+  <CharactersWithSpaces>3328</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Doutoramento</dc:title>
   <dc:creator>Filipa Paiva e Pona</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>